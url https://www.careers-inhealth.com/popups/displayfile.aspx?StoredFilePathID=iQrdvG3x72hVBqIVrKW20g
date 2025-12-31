--- v0 (2025-11-15)
+++ v1 (2025-12-31)
@@ -13,1742 +13,1682 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="363608CB" w14:textId="77777777" w:rsidR="00A6570D" w:rsidRPr="00B70DD3" w:rsidRDefault="00305124" w:rsidP="007C35FC">
+    <w:p w14:paraId="53E8003D" w14:textId="77777777" w:rsidR="00A6570D" w:rsidRPr="00B70DD3" w:rsidRDefault="00305124" w:rsidP="007C35FC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">HR Business Partner </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51FC32E7" w14:textId="77777777" w:rsidR="00A6570D" w:rsidRPr="00B70DD3" w:rsidRDefault="00A6570D" w:rsidP="007C35FC">
+    <w:p w14:paraId="065E15FB" w14:textId="77777777" w:rsidR="00A6570D" w:rsidRPr="00B70DD3" w:rsidRDefault="00A6570D" w:rsidP="007C35FC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5339BBFB" w14:textId="46567171" w:rsidR="00A6570D" w:rsidRPr="00C93683" w:rsidRDefault="00A6570D" w:rsidP="007C35FC">
+    <w:p w14:paraId="627DEE49" w14:textId="5D986966" w:rsidR="00A6570D" w:rsidRPr="00C93683" w:rsidRDefault="00A6570D" w:rsidP="007C35FC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C93683">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">Location: </w:t>
       </w:r>
-      <w:r w:rsidR="000A042D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="000848B4" w:rsidRPr="00B43C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t xml:space="preserve">Based </w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve">Middlewich/Rochdale - </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB0085" w:rsidRPr="00B43C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t>from</w:t>
-[...40 lines deleted...]
-        <w:t xml:space="preserve"> (travel to UK sites as and when required) </w:t>
+        <w:t>travel to UK sites as and when required</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68ED73E2" w14:textId="77777777" w:rsidR="00B70DD3" w:rsidRPr="00C93683" w:rsidRDefault="00B70DD3" w:rsidP="007C35FC">
+    <w:p w14:paraId="142B57E4" w14:textId="77777777" w:rsidR="00B70DD3" w:rsidRPr="00C93683" w:rsidRDefault="00B70DD3" w:rsidP="007C35FC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="78838DEC" w14:textId="4F94FB07" w:rsidR="00A6570D" w:rsidRPr="00BB0085" w:rsidRDefault="00A6570D" w:rsidP="007C35FC">
+    <w:p w14:paraId="5DD7727C" w14:textId="5BD730E1" w:rsidR="00A6570D" w:rsidRPr="00B43C15" w:rsidRDefault="00A6570D" w:rsidP="007C35FC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C93683">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">Reports to: </w:t>
       </w:r>
-      <w:r w:rsidR="00C0398F">
+      <w:r w:rsidR="000848B4" w:rsidRPr="00B43C15">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t xml:space="preserve">Senior HR Business Partner </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D876D3">
+        <w:t xml:space="preserve">Senior </w:t>
+      </w:r>
+      <w:r w:rsidR="00D876D3" w:rsidRPr="00B43C15">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="23"/>
         </w:rPr>
+        <w:t>HR</w:t>
+      </w:r>
+      <w:r w:rsidR="000848B4" w:rsidRPr="00B43C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Business Partner</w:t>
+      </w:r>
+      <w:r w:rsidR="00D876D3" w:rsidRPr="00B43C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69E89B5B" w14:textId="77777777" w:rsidR="00B70DD3" w:rsidRPr="00C93683" w:rsidRDefault="00B70DD3" w:rsidP="007C35FC">
+    <w:p w14:paraId="2D4FE2C7" w14:textId="77777777" w:rsidR="00B70DD3" w:rsidRPr="00C93683" w:rsidRDefault="00B70DD3" w:rsidP="007C35FC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1B9CDF62" w14:textId="77777777" w:rsidR="00A6570D" w:rsidRDefault="00A6570D" w:rsidP="007C35FC">
+    <w:p w14:paraId="6CBBBD10" w14:textId="42E49092" w:rsidR="00A6570D" w:rsidRDefault="00A6570D" w:rsidP="007C35FC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C93683">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">Working with: </w:t>
       </w:r>
-      <w:r w:rsidR="00D876D3">
+      <w:r w:rsidR="00122878">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t>Head of HR</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00BB0085" w:rsidRPr="00BB0085">
+        <w:t>Chief People Officer</w:t>
+      </w:r>
+      <w:r w:rsidR="00305124" w:rsidRPr="00BB0085">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="000848B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Director of HR,</w:t>
+      </w:r>
+      <w:r w:rsidR="00305124" w:rsidRPr="00BB0085">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> People Services Team, Shared Service Support Function</w:t>
       </w:r>
       <w:r w:rsidR="00122878">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t>Chief People Officer</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00305124" w:rsidRPr="00BB0085">
+        <w:t>s, Operations</w:t>
+      </w:r>
+      <w:r w:rsidR="000848B4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t>, People Services Team, Shared Service Support Function</w:t>
+        <w:t xml:space="preserve"> and</w:t>
       </w:r>
       <w:r w:rsidR="00122878">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t>s, Operations Heads of and People Managers</w:t>
+        <w:t xml:space="preserve"> People Managers</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C326699" w14:textId="77777777" w:rsidR="00643D0F" w:rsidRPr="00B70DD3" w:rsidRDefault="00643D0F" w:rsidP="007C35FC">
+    <w:p w14:paraId="795107AB" w14:textId="77777777" w:rsidR="00643D0F" w:rsidRPr="00B70DD3" w:rsidRDefault="00643D0F" w:rsidP="007C35FC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6496FE08" w14:textId="77777777" w:rsidR="004F4E88" w:rsidRDefault="004F4E88" w:rsidP="007C35FC">
+    <w:p w14:paraId="34A02AE0" w14:textId="77777777" w:rsidR="004F4E88" w:rsidRDefault="004F4E88" w:rsidP="007C35FC">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F9C5BE4" w14:textId="77777777" w:rsidR="00E959AE" w:rsidRPr="00E959AE" w:rsidRDefault="00E959AE" w:rsidP="007C35FC">
+    <w:p w14:paraId="7F99A1AC" w14:textId="77777777" w:rsidR="00E959AE" w:rsidRPr="00E959AE" w:rsidRDefault="00E959AE" w:rsidP="007C35FC">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="8"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7C7DEB47" w14:textId="77777777" w:rsidR="008F25ED" w:rsidRPr="008F25ED" w:rsidRDefault="009F425C" w:rsidP="007C35FC">
+    <w:p w14:paraId="43DC3C92" w14:textId="324FDBF5" w:rsidR="008F25ED" w:rsidRPr="008F25ED" w:rsidRDefault="009F425C" w:rsidP="007C35FC">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F25ED">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The HR Business Partner </w:t>
       </w:r>
       <w:r w:rsidR="00D876D3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>is a pivotal role</w:t>
       </w:r>
       <w:r w:rsidR="00502863">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the People Services team</w:t>
       </w:r>
       <w:r w:rsidR="00D876D3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> supporting the Head of HR </w:t>
+        <w:t xml:space="preserve"> supporting the </w:t>
+      </w:r>
+      <w:r w:rsidR="000848B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Senior</w:t>
+      </w:r>
+      <w:r w:rsidR="00D876D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> HR</w:t>
+      </w:r>
+      <w:r w:rsidR="000848B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Business Partner</w:t>
+      </w:r>
+      <w:r w:rsidR="00D876D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008F25ED" w:rsidRPr="008F25ED">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>in the delivery of strategic People Services projects</w:t>
       </w:r>
       <w:r w:rsidR="00122878">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="008F25ED" w:rsidRPr="008F25ED">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>change management, TUPE, acquisition, integration, engagement and employee relation</w:t>
       </w:r>
+      <w:r w:rsidR="00B43C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
       <w:r w:rsidR="00122878">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05B7FE81" w14:textId="77777777" w:rsidR="004F4E88" w:rsidRPr="00C93683" w:rsidRDefault="004F4E88" w:rsidP="007C35FC">
+    <w:p w14:paraId="730C74E4" w14:textId="77777777" w:rsidR="004F4E88" w:rsidRPr="00C93683" w:rsidRDefault="004F4E88" w:rsidP="007C35FC">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7EAB4A24" w14:textId="77777777" w:rsidR="00A6570D" w:rsidRDefault="00A6570D" w:rsidP="007C35FC">
+    <w:p w14:paraId="3FED5673" w14:textId="77777777" w:rsidR="00A6570D" w:rsidRDefault="00A6570D" w:rsidP="007C35FC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B70DD3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>What you will do</w:t>
       </w:r>
       <w:r w:rsidR="003B2DC9" w:rsidRPr="00B70DD3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C483886" w14:textId="77777777" w:rsidR="00502863" w:rsidRPr="00B70DD3" w:rsidRDefault="00502863" w:rsidP="007C35FC">
+    <w:p w14:paraId="0F1A4AEE" w14:textId="77777777" w:rsidR="00502863" w:rsidRPr="00B70DD3" w:rsidRDefault="00502863" w:rsidP="007C35FC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="49AD2074" w14:textId="77777777" w:rsidR="009F425C" w:rsidRPr="00A34A3A" w:rsidRDefault="00502863" w:rsidP="007C35FC">
+    <w:p w14:paraId="7EB93512" w14:textId="73A72B9B" w:rsidR="009F425C" w:rsidRPr="00A34A3A" w:rsidRDefault="000848B4" w:rsidP="007C35FC">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Leading the </w:t>
+        <w:t>Supporting</w:t>
+      </w:r>
+      <w:r w:rsidR="00502863">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
       </w:r>
       <w:r w:rsidR="000755BE" w:rsidRPr="00A34A3A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>deliver</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00502863">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>y of</w:t>
       </w:r>
       <w:r w:rsidR="000755BE" w:rsidRPr="00A34A3A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> organisational design</w:t>
       </w:r>
       <w:r w:rsidR="009F425C" w:rsidRPr="00A34A3A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidR="000755BE" w:rsidRPr="00A34A3A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">change management </w:t>
       </w:r>
       <w:r w:rsidR="009F425C" w:rsidRPr="00A34A3A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">initiatives </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11C2EFB0" w14:textId="77777777" w:rsidR="009F425C" w:rsidRPr="00A34A3A" w:rsidRDefault="00502863" w:rsidP="007C35FC">
+    <w:p w14:paraId="2235DE9D" w14:textId="68945A61" w:rsidR="009F425C" w:rsidRPr="00A34A3A" w:rsidRDefault="000848B4" w:rsidP="007C35FC">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Leading </w:t>
+        <w:t>Supporting</w:t>
       </w:r>
       <w:r w:rsidR="009F425C" w:rsidRPr="00A34A3A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">business </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000755BE" w:rsidRPr="00A34A3A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">TUPE requirements </w:t>
       </w:r>
       <w:r w:rsidR="009F425C" w:rsidRPr="00A34A3A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">including data collation and consultations </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E71FBD7" w14:textId="77777777" w:rsidR="009F425C" w:rsidRPr="00A34A3A" w:rsidRDefault="00AF73C1" w:rsidP="007C35FC">
+    <w:p w14:paraId="07A9F63E" w14:textId="3CB61DF8" w:rsidR="009F425C" w:rsidRPr="00A34A3A" w:rsidRDefault="00AF73C1" w:rsidP="007C35FC">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Assist the</w:t>
       </w:r>
       <w:r w:rsidR="009F425C" w:rsidRPr="00A34A3A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="000848B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Senior HR Business Partner </w:t>
+      </w:r>
       <w:r w:rsidR="00502863">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Head of HR w</w:t>
+        <w:t>w</w:t>
       </w:r>
       <w:r w:rsidR="009F425C" w:rsidRPr="00A34A3A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ith delivery of acquisitions, integrations and or business sale due diligence and processes </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75D75D31" w14:textId="77777777" w:rsidR="000755BE" w:rsidRDefault="000755BE" w:rsidP="007C35FC">
+    <w:p w14:paraId="1E586DC2" w14:textId="46D2F1F1" w:rsidR="000755BE" w:rsidRDefault="000848B4" w:rsidP="007C35FC">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A34A3A">
-[...4 lines deleted...]
-        <w:t>Deliver reports and people data as required to meet the needs of HR projects</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Analysis</w:t>
+      </w:r>
+      <w:r w:rsidR="000755BE" w:rsidRPr="00A34A3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of </w:t>
+      </w:r>
+      <w:r w:rsidR="000755BE" w:rsidRPr="00A34A3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>reports and people data as required to meet the needs of HR projects</w:t>
       </w:r>
       <w:r w:rsidR="00C72948">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and initiatives</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="621F04D4" w14:textId="77777777" w:rsidR="00502863" w:rsidRPr="00A34A3A" w:rsidRDefault="00502863" w:rsidP="00502863">
+    <w:p w14:paraId="41777F06" w14:textId="184E24F1" w:rsidR="00502863" w:rsidRPr="00A34A3A" w:rsidRDefault="000848B4" w:rsidP="00502863">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Take o</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A34A3A">
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidR="00502863" w:rsidRPr="00A34A3A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">wnership for employee relations case load as required and providing employment tribunal preparation support </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B0925BC" w14:textId="77777777" w:rsidR="00502863" w:rsidRPr="00A34A3A" w:rsidRDefault="00502863" w:rsidP="00502863">
+    <w:p w14:paraId="2050D0F7" w14:textId="77777777" w:rsidR="00502863" w:rsidRPr="00A34A3A" w:rsidRDefault="00502863" w:rsidP="00502863">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A34A3A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Provid</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00A34A3A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> advice to People Managers in relation to employee relations, policies and change management processes </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08F98CA5" w14:textId="77777777" w:rsidR="00502863" w:rsidRDefault="00502863" w:rsidP="007C35FC">
+    <w:p w14:paraId="1662CD27" w14:textId="50B2D3D8" w:rsidR="00502863" w:rsidRPr="00502863" w:rsidRDefault="000848B4" w:rsidP="00502863">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Support the training and learning of more junior members of the People Services team </w:t>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="00502863" w:rsidRPr="00A34A3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>scalated queries regarding immigration, onboardin</w:t>
+      </w:r>
+      <w:r w:rsidR="00B43C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>g and ER</w:t>
+      </w:r>
+      <w:r w:rsidR="00502863" w:rsidRPr="00A34A3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">l </w:t>
+      </w:r>
+      <w:r w:rsidR="00502863">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">escalated </w:t>
+      </w:r>
+      <w:r w:rsidR="00502863" w:rsidRPr="00A34A3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>queries</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68954645" w14:textId="77777777" w:rsidR="00502863" w:rsidRPr="00502863" w:rsidRDefault="00502863" w:rsidP="00502863">
+    <w:p w14:paraId="676511D4" w14:textId="77777777" w:rsidR="000755BE" w:rsidRPr="00A34A3A" w:rsidRDefault="00122878" w:rsidP="007C35FC">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A34A3A">
-[...5 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>age</w:t>
-[...20 lines deleted...]
-        <w:t>queries</w:t>
+        <w:t>Conduct</w:t>
+      </w:r>
+      <w:r w:rsidR="009F425C" w:rsidRPr="00A34A3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> policy reviews and development of non-standardised letters as required </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41B5A4FA" w14:textId="77777777" w:rsidR="000755BE" w:rsidRPr="00A34A3A" w:rsidRDefault="00122878" w:rsidP="007C35FC">
+    <w:p w14:paraId="1B3D5E83" w14:textId="77777777" w:rsidR="00502863" w:rsidRPr="00A34A3A" w:rsidRDefault="00502863" w:rsidP="007C35FC">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Conduct</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> policy reviews and development of non-standardised letters as required </w:t>
+        <w:t xml:space="preserve">Deliver ER clinics as required and support with continuous learning of operations managers in HR best practice </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7086D17A" w14:textId="77777777" w:rsidR="009F425C" w:rsidRPr="00A34A3A" w:rsidRDefault="00AF73C1" w:rsidP="007C35FC">
+    <w:p w14:paraId="5C73A78B" w14:textId="77777777" w:rsidR="00110DA3" w:rsidRPr="00E959AE" w:rsidRDefault="00110DA3" w:rsidP="007C35FC">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5BEF5C68" w14:textId="77777777" w:rsidR="004836C6" w:rsidRPr="00C93683" w:rsidRDefault="004836C6" w:rsidP="007C35FC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08B8E49E" w14:textId="77777777" w:rsidR="00A6570D" w:rsidRPr="00B70DD3" w:rsidRDefault="00A6570D" w:rsidP="007C35FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B70DD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>What people see in you</w:t>
+      </w:r>
+      <w:r w:rsidR="003B2DC9" w:rsidRPr="00B70DD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="382724EA" w14:textId="77777777" w:rsidR="00A6570D" w:rsidRPr="00C93683" w:rsidRDefault="00A6570D" w:rsidP="007C35FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50C00298" w14:textId="77777777" w:rsidR="00886BC2" w:rsidRPr="00C72948" w:rsidRDefault="00824E48" w:rsidP="007C35FC">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...18 lines deleted...]
-        <w:t xml:space="preserve">and operations people manager training as required </w:t>
+      <w:r w:rsidRPr="00C72948">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A </w:t>
+      </w:r>
+      <w:r w:rsidR="00637250" w:rsidRPr="00C72948">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>committed</w:t>
+      </w:r>
+      <w:r w:rsidR="00886BC2" w:rsidRPr="00C72948">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and excellent communicator</w:t>
+      </w:r>
+      <w:r w:rsidR="00516F25" w:rsidRPr="00C72948">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>, both written and verbal</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F1F1A2C" w14:textId="77777777" w:rsidR="009F425C" w:rsidRDefault="00AF73C1" w:rsidP="007C35FC">
+    <w:p w14:paraId="71305609" w14:textId="77777777" w:rsidR="00637250" w:rsidRPr="00C72948" w:rsidRDefault="00824E48" w:rsidP="007C35FC">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> and attrition workshops as needed</w:t>
+      <w:r w:rsidRPr="00C72948">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>A person who naturally instils confidence in everyone they work with</w:t>
+      </w:r>
+      <w:r w:rsidR="00516F25" w:rsidRPr="00C72948">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> alongside the ability to build good relationships with middle management stakeholders</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="673BF6B4" w14:textId="77777777" w:rsidR="00502863" w:rsidRPr="00A34A3A" w:rsidRDefault="00502863" w:rsidP="007C35FC">
+    <w:p w14:paraId="666188C9" w14:textId="77777777" w:rsidR="00637250" w:rsidRPr="00C72948" w:rsidRDefault="00637250" w:rsidP="007C35FC">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Deliver ER clinics as required and support with continuous learning of operations managers in HR best practice </w:t>
+      <w:r w:rsidRPr="00C72948">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Someone </w:t>
+      </w:r>
+      <w:r w:rsidR="00816C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">who has </w:t>
+      </w:r>
+      <w:r w:rsidR="00886BC2" w:rsidRPr="00C72948">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">an interest </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C72948">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>in People Analytics</w:t>
+      </w:r>
+      <w:r w:rsidR="00886BC2" w:rsidRPr="00C72948">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, strong organisation and time management skills </w:t>
+      </w:r>
+      <w:r w:rsidR="00516F25" w:rsidRPr="00C72948">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">with the ability to prioritise tasks well </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="027446D0" w14:textId="77777777" w:rsidR="009F425C" w:rsidRPr="00A34A3A" w:rsidRDefault="009F425C" w:rsidP="007C35FC">
+    <w:p w14:paraId="46C9680D" w14:textId="77777777" w:rsidR="00824E48" w:rsidRDefault="00EB6596" w:rsidP="007C35FC">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A34A3A">
-[...4 lines deleted...]
-        <w:t>Manage and complete the RCA process for any People Services process incidents</w:t>
+      <w:r w:rsidRPr="00C72948">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Someone who can manage conflicting situations </w:t>
+      </w:r>
+      <w:r w:rsidR="00516F25" w:rsidRPr="00C72948">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and difficult conversations </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C72948">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in a calm and </w:t>
+      </w:r>
+      <w:r w:rsidR="00516F25" w:rsidRPr="00C72948">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">confident </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C72948">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">manner </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41CD50DC" w14:textId="77777777" w:rsidR="00110DA3" w:rsidRPr="00C72948" w:rsidRDefault="009F425C" w:rsidP="007C35FC">
+    <w:p w14:paraId="0351C55A" w14:textId="77777777" w:rsidR="00B43C15" w:rsidRPr="00C72948" w:rsidRDefault="00B43C15" w:rsidP="00B43C15">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37A99D2E" w14:textId="77777777" w:rsidR="00824E48" w:rsidRPr="00C93683" w:rsidRDefault="00824E48" w:rsidP="007C35FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00FFBB1E" w14:textId="77777777" w:rsidR="00A6570D" w:rsidRPr="00B70DD3" w:rsidRDefault="00A6570D" w:rsidP="007C35FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B70DD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>You will</w:t>
+      </w:r>
+      <w:r w:rsidR="003B2DC9" w:rsidRPr="00B70DD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DBA135C" w14:textId="77777777" w:rsidR="00A6570D" w:rsidRPr="00C93683" w:rsidRDefault="00A6570D" w:rsidP="007C35FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1685A9BC" w14:textId="0D42DFB2" w:rsidR="00E959AE" w:rsidRPr="00C72948" w:rsidRDefault="00102381" w:rsidP="007C35FC">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C72948">
-[...18 lines deleted...]
-        <w:t xml:space="preserve">as required </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Have part completed or fully completed your Level </w:t>
+      </w:r>
+      <w:r w:rsidR="000848B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> CIPD qualification</w:t>
+      </w:r>
+      <w:r w:rsidR="00E959AE" w:rsidRPr="00C72948">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00532621" w:rsidRPr="00C72948">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">alongside </w:t>
+      </w:r>
+      <w:r w:rsidR="00E959AE" w:rsidRPr="00C72948">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">equivalent practical experience </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CA3E3B5" w14:textId="77777777" w:rsidR="00110DA3" w:rsidRPr="00E959AE" w:rsidRDefault="00110DA3" w:rsidP="007C35FC">
-[...65 lines deleted...]
-    <w:p w14:paraId="42F58BA2" w14:textId="77777777" w:rsidR="00886BC2" w:rsidRPr="00C72948" w:rsidRDefault="00824E48" w:rsidP="007C35FC">
+    <w:p w14:paraId="20CD5350" w14:textId="77777777" w:rsidR="00C93683" w:rsidRPr="00C72948" w:rsidRDefault="009027AA" w:rsidP="007C35FC">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C72948">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">A </w:t>
+        <w:t xml:space="preserve">Have a good understanding of </w:t>
       </w:r>
       <w:r w:rsidR="00637250" w:rsidRPr="00C72948">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>committed</w:t>
-[...13 lines deleted...]
-        <w:t>, both written and verbal</w:t>
+        <w:t>employee relations, contractual and employment law</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60FA8C95" w14:textId="77777777" w:rsidR="00637250" w:rsidRPr="00C72948" w:rsidRDefault="00824E48" w:rsidP="007C35FC">
+    <w:p w14:paraId="0001D884" w14:textId="77777777" w:rsidR="00824E48" w:rsidRPr="00C72948" w:rsidRDefault="00824E48" w:rsidP="007C35FC">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C72948">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>A person who naturally instils confidence in everyone they work with</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> alongside the ability to build good relationships with middle management stakeholders</w:t>
+        <w:t xml:space="preserve">Have a professional and cooperative attitude </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06F01BF4" w14:textId="77777777" w:rsidR="00637250" w:rsidRPr="00C72948" w:rsidRDefault="00637250" w:rsidP="007C35FC">
+    <w:p w14:paraId="61DBF91F" w14:textId="77777777" w:rsidR="00E959AE" w:rsidRPr="00C72948" w:rsidRDefault="009027AA" w:rsidP="007C35FC">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C72948">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Someone </w:t>
-[...34 lines deleted...]
-        <w:t xml:space="preserve">with the ability to prioritise tasks well </w:t>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00E959AE" w:rsidRPr="00C72948">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">bility to </w:t>
+      </w:r>
+      <w:r w:rsidR="00E210B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">build effective stakeholder relationships </w:t>
+      </w:r>
+      <w:r w:rsidR="00E959AE" w:rsidRPr="00C72948">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="446D21BA" w14:textId="77777777" w:rsidR="00824E48" w:rsidRPr="00C72948" w:rsidRDefault="00EB6596" w:rsidP="007C35FC">
+    <w:p w14:paraId="4EF10ACE" w14:textId="77777777" w:rsidR="009027AA" w:rsidRPr="00C72948" w:rsidRDefault="00572BEE" w:rsidP="007C35FC">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C72948">
-[...32 lines deleted...]
-        <w:t xml:space="preserve">manner </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Be a critical thinker with e</w:t>
+      </w:r>
+      <w:r w:rsidR="009027AA" w:rsidRPr="00C72948">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">xcellent verbal and written communication skills </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29B3BE5A" w14:textId="77777777" w:rsidR="00824E48" w:rsidRPr="00C93683" w:rsidRDefault="00824E48" w:rsidP="007C35FC">
-[...54 lines deleted...]
-    <w:p w14:paraId="2F560938" w14:textId="77777777" w:rsidR="00E959AE" w:rsidRPr="00C72948" w:rsidRDefault="00102381" w:rsidP="007C35FC">
+    <w:p w14:paraId="103861CC" w14:textId="77777777" w:rsidR="00824E48" w:rsidRPr="00C72948" w:rsidRDefault="00824E48" w:rsidP="007C35FC">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...25 lines deleted...]
-        <w:t xml:space="preserve">equivalent practical experience </w:t>
+      <w:r w:rsidRPr="00C72948">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Be flexible in your working patterns to fulfil </w:t>
+      </w:r>
+      <w:r w:rsidR="00643D0F" w:rsidRPr="00C72948">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>working</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C72948">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> requirements </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12AC8668" w14:textId="77777777" w:rsidR="00C93683" w:rsidRPr="00C72948" w:rsidRDefault="009027AA" w:rsidP="007C35FC">
+    <w:p w14:paraId="5E0C843B" w14:textId="77777777" w:rsidR="00E959AE" w:rsidRPr="00C72948" w:rsidRDefault="00E959AE" w:rsidP="007C35FC">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C72948">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Have a good understanding of </w:t>
-[...6 lines deleted...]
-        <w:t>employee relations, contractual and employment law</w:t>
+        <w:t>Hold a valid UK driving licence and be flexible with travelling to sites as required</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FAD0E2E" w14:textId="77777777" w:rsidR="00824E48" w:rsidRPr="00C72948" w:rsidRDefault="00824E48" w:rsidP="007C35FC">
+    <w:p w14:paraId="2139C352" w14:textId="77777777" w:rsidR="00824E48" w:rsidRPr="00C93683" w:rsidRDefault="00824E48" w:rsidP="007C35FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4006EC3E" w14:textId="77777777" w:rsidR="00643D0F" w:rsidRDefault="00643D0F" w:rsidP="007C35FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE2C38">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>You have experience of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64A1DCFD" w14:textId="77777777" w:rsidR="00643D0F" w:rsidRPr="002E77B3" w:rsidRDefault="00643D0F" w:rsidP="007C35FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30A7C747" w14:textId="77777777" w:rsidR="00E210B0" w:rsidRDefault="00E210B0" w:rsidP="007C35FC">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C72948">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Have a professional and cooperative attitude </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Previous experience working in a Junior HRBP or HRBP role </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D060913" w14:textId="77777777" w:rsidR="00E959AE" w:rsidRPr="00C72948" w:rsidRDefault="009027AA" w:rsidP="007C35FC">
+    <w:p w14:paraId="2F94C1D1" w14:textId="77777777" w:rsidR="00E210B0" w:rsidRDefault="00E210B0" w:rsidP="007C35FC">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C72948">
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Supporting change management initiatives and TUPE </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B96FC3C" w14:textId="77777777" w:rsidR="009027AA" w:rsidRPr="00C72948" w:rsidRDefault="00572BEE" w:rsidP="007C35FC">
+    <w:p w14:paraId="78DC2C4A" w14:textId="46FD1614" w:rsidR="00881678" w:rsidRDefault="00B43C15" w:rsidP="007C35FC">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Be a critical thinker with e</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">xcellent verbal and written communication skills </w:t>
+        <w:t>Supporting</w:t>
+      </w:r>
+      <w:r w:rsidR="00881678">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> difficult conversations and employee relations </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A577DEF" w14:textId="77777777" w:rsidR="00824E48" w:rsidRPr="00C72948" w:rsidRDefault="00824E48" w:rsidP="007C35FC">
+    <w:p w14:paraId="319C0A05" w14:textId="77777777" w:rsidR="009027AA" w:rsidRPr="00572BEE" w:rsidRDefault="007E77E1" w:rsidP="007C35FC">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C72948">
-[...18 lines deleted...]
-        <w:t xml:space="preserve"> requirements </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Translating policy and legal requirements into meaningful advice</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1987287F" w14:textId="77777777" w:rsidR="00E959AE" w:rsidRPr="00C72948" w:rsidRDefault="00E959AE" w:rsidP="007C35FC">
+    <w:p w14:paraId="4A393476" w14:textId="77777777" w:rsidR="009027AA" w:rsidRPr="00572BEE" w:rsidRDefault="009027AA" w:rsidP="007C35FC">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C72948">
-[...4 lines deleted...]
-        <w:t>Hold a valid UK driving licence and be flexible with travelling to sites as required</w:t>
+      <w:r w:rsidRPr="00572BEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Using data to propose solutions to HR challenges </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71294E79" w14:textId="77777777" w:rsidR="00824E48" w:rsidRPr="00C93683" w:rsidRDefault="00824E48" w:rsidP="007C35FC">
-[...57 lines deleted...]
-    <w:p w14:paraId="3D7182F0" w14:textId="77777777" w:rsidR="00E210B0" w:rsidRDefault="00E210B0" w:rsidP="007C35FC">
+    <w:p w14:paraId="0F9E7A1F" w14:textId="77777777" w:rsidR="00AF73C1" w:rsidRPr="00572BEE" w:rsidRDefault="002925EC" w:rsidP="007C35FC">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Previous experience working in a Junior HRBP or HRBP role </w:t>
+        <w:t>Thoroughly, accurately and efficiently completing</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF73C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> investigation</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s into </w:t>
+      </w:r>
+      <w:r w:rsidR="00881678">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>employee relation</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF73C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cases</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46B91345" w14:textId="77777777" w:rsidR="00E210B0" w:rsidRDefault="00E210B0" w:rsidP="007C35FC">
-[...139 lines deleted...]
-    <w:p w14:paraId="1C770E32" w14:textId="77777777" w:rsidR="00572BEE" w:rsidRDefault="002925EC" w:rsidP="007C35FC">
+    <w:p w14:paraId="4DBFB647" w14:textId="77777777" w:rsidR="00572BEE" w:rsidRDefault="002925EC" w:rsidP="007C35FC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Writing</w:t>
       </w:r>
       <w:r w:rsidR="00816C30">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> clear policies and procedures</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E685CEC" w14:textId="77777777" w:rsidR="00AF73C1" w:rsidRDefault="002925EC" w:rsidP="007C35FC">
+    <w:p w14:paraId="4EC0926A" w14:textId="77777777" w:rsidR="00AF73C1" w:rsidRDefault="002925EC" w:rsidP="007C35FC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>U</w:t>
       </w:r>
       <w:r w:rsidR="00AF73C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">sing Excel </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">competently </w:t>
       </w:r>
       <w:r w:rsidR="00AF73C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>to produce meaningful analytics</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24C18B86" w14:textId="77777777" w:rsidR="00AF73C1" w:rsidRDefault="00AF73C1" w:rsidP="007C35FC">
+    <w:p w14:paraId="4CBDD76E" w14:textId="77777777" w:rsidR="00AF73C1" w:rsidRDefault="00AF73C1" w:rsidP="007C35FC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Research</w:t>
       </w:r>
       <w:r w:rsidR="002925EC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -1759,103 +1699,103 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and investigat</w:t>
       </w:r>
       <w:r w:rsidR="002925EC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ing</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> contemporary literature in relation to HR practices</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30125997" w14:textId="77777777" w:rsidR="002925EC" w:rsidRDefault="002925EC" w:rsidP="007C35FC">
+    <w:p w14:paraId="29FE7885" w14:textId="77777777" w:rsidR="002925EC" w:rsidRDefault="002925EC" w:rsidP="007C35FC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Prioritising your workload effectively</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="002925EC" w:rsidSect="00E959AE">
       <w:headerReference w:type="even" r:id="rId11"/>
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:headerReference w:type="first" r:id="rId14"/>
       <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1276" w:right="1440" w:bottom="1276" w:left="1440" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7453306C" w14:textId="77777777" w:rsidR="00EA2DD0" w:rsidRDefault="00EA2DD0" w:rsidP="006836F6">
+    <w:p w14:paraId="7D2CEC2C" w14:textId="77777777" w:rsidR="00B95CDA" w:rsidRDefault="00B95CDA" w:rsidP="006836F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5755F5BF" w14:textId="77777777" w:rsidR="00EA2DD0" w:rsidRDefault="00EA2DD0" w:rsidP="006836F6">
+    <w:p w14:paraId="5DE2229A" w14:textId="77777777" w:rsidR="00B95CDA" w:rsidRDefault="00B95CDA" w:rsidP="006836F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -1886,60 +1826,60 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="11241BA8" w14:textId="77777777" w:rsidR="00906E85" w:rsidRDefault="003C76FB">
+  <w:p w14:paraId="43A69665" w14:textId="77777777" w:rsidR="00906E85" w:rsidRDefault="003C76FB">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="31F4D0EA" wp14:editId="17FF6678">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="421B9CCF" wp14:editId="385B8D5D">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:align>center</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="margin">
             <wp:posOffset>9420436</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="4579620" cy="254424"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="25" name="Picture 25"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name="InHealth - making healthcare better.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -1956,60 +1896,60 @@
                     <a:off x="0" y="0"/>
                     <a:ext cx="4579620" cy="254424"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="27E1DB35" w14:textId="77777777" w:rsidR="003C76FB" w:rsidRDefault="003C76FB">
+  <w:p w14:paraId="62B17219" w14:textId="77777777" w:rsidR="003C76FB" w:rsidRDefault="003C76FB">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5EEEF559" wp14:editId="10472D6E">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1367FF50" wp14:editId="17BA4AC6">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:posOffset>575945</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="margin">
             <wp:posOffset>9436100</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="4579620" cy="254424"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="29" name="Picture 29"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name="InHealth - making healthcare better.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -2027,135 +1967,135 @@
                     <a:ext cx="4579620" cy="254424"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="52E189A0" w14:textId="77777777" w:rsidR="00EA2DD0" w:rsidRDefault="00EA2DD0" w:rsidP="006836F6">
+    <w:p w14:paraId="302A1192" w14:textId="77777777" w:rsidR="00B95CDA" w:rsidRDefault="00B95CDA" w:rsidP="006836F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3B1E0D67" w14:textId="77777777" w:rsidR="00EA2DD0" w:rsidRDefault="00EA2DD0" w:rsidP="006836F6">
+    <w:p w14:paraId="2B478812" w14:textId="77777777" w:rsidR="00B95CDA" w:rsidRDefault="00B95CDA" w:rsidP="006836F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="70C4F9C0" w14:textId="77777777" w:rsidR="00EA78A7" w:rsidRDefault="00000000">
+  <w:p w14:paraId="53B95F71" w14:textId="77777777" w:rsidR="00EA78A7" w:rsidRDefault="00EB1C84">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
-      <w:pict w14:anchorId="2662E5E4">
+      <w:pict w14:anchorId="657B8D1E">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
           <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
           <o:lock v:ext="edit" aspectratio="t"/>
         </v:shapetype>
-        <v:shape id="WordPictureWatermark362577876" o:spid="_x0000_s1038" type="#_x0000_t75" style="position:absolute;margin-left:0;margin-top:0;width:595.2pt;height:841.9pt;z-index:-251656192;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f">
+        <v:shape id="WordPictureWatermark362577876" o:spid="_x0000_s2062" type="#_x0000_t75" style="position:absolute;margin-left:0;margin-top:0;width:595.2pt;height:841.9pt;z-index:-251656192;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f">
           <v:imagedata r:id="rId1" o:title="Portrait - purple"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="69AE193F" w14:textId="77777777" w:rsidR="004836C6" w:rsidRPr="001B0651" w:rsidRDefault="00446562" w:rsidP="00446562">
+  <w:p w14:paraId="59F794A5" w14:textId="77777777" w:rsidR="004836C6" w:rsidRPr="001B0651" w:rsidRDefault="00446562" w:rsidP="00446562">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="009C44C6">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656192" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3B1A2C3A" wp14:editId="761F8316">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656192" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4FE1A3DF" wp14:editId="1E58720A">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>5245100</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-327025</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1270000" cy="580969"/>
           <wp:effectExtent l="0" t="0" r="6350" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="24" name="Picture 24"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="3" name="InHealth logo transparent background.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -2203,79 +2143,79 @@
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>d</w:t>
     </w:r>
     <w:r w:rsidR="004836C6" w:rsidRPr="009C44C6">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>escription</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="570B6C3D" w14:textId="77777777" w:rsidR="00A85CD5" w:rsidRDefault="00A85CD5">
+  <w:p w14:paraId="0A0E6319" w14:textId="77777777" w:rsidR="00A85CD5" w:rsidRDefault="00A85CD5">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="5B4DCA2C" w14:textId="77777777" w:rsidR="00EA78A7" w:rsidRPr="009C44C6" w:rsidRDefault="009C44C6">
+  <w:p w14:paraId="213A79B3" w14:textId="77777777" w:rsidR="00EA78A7" w:rsidRPr="009C44C6" w:rsidRDefault="009C44C6">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="009C44C6">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:noProof/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3C0ACBAE" wp14:editId="0534B3FF">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2B4AEC4C" wp14:editId="7457EC55">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-920750</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-500169</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7562850" cy="2899958"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="26" name="Picture 26"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="5" name="InHealth workers talking - FINAL PHOTO FOR JD.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -2295,51 +2235,51 @@
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00A85CD5" w:rsidRPr="009C44C6">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:noProof/>
         <w:sz w:val="24"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251655168" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="51E9F2AF" wp14:editId="1710147E">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251655168" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6C127914" wp14:editId="1BBBEC61">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>5276850</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-329565</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1270000" cy="580969"/>
           <wp:effectExtent l="0" t="0" r="6350" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="27" name="Picture 27"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="3" name="InHealth logo transparent background.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId2">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -6397,547 +6337,546 @@
     <w:lvl w:ilvl="7" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="665548476">
+  <w:num w:numId="1" w16cid:durableId="1810660431">
     <w:abstractNumId w:val="27"/>
     <w:lvlOverride w:ilvl="0"/>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="761220798">
+  <w:num w:numId="2" w16cid:durableId="1134526311">
     <w:abstractNumId w:val="26"/>
     <w:lvlOverride w:ilvl="0"/>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="705762958">
+  <w:num w:numId="3" w16cid:durableId="1433546669">
     <w:abstractNumId w:val="21"/>
     <w:lvlOverride w:ilvl="0"/>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1967857487">
+  <w:num w:numId="4" w16cid:durableId="549153734">
     <w:abstractNumId w:val="23"/>
     <w:lvlOverride w:ilvl="0"/>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1669864642">
+  <w:num w:numId="5" w16cid:durableId="1470365762">
     <w:abstractNumId w:val="33"/>
     <w:lvlOverride w:ilvl="0"/>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="424348710">
+  <w:num w:numId="6" w16cid:durableId="1176848086">
     <w:abstractNumId w:val="6"/>
     <w:lvlOverride w:ilvl="0"/>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="629550252">
+  <w:num w:numId="7" w16cid:durableId="79909738">
     <w:abstractNumId w:val="31"/>
     <w:lvlOverride w:ilvl="0"/>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="377705339">
+  <w:num w:numId="8" w16cid:durableId="83846434">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="938366144">
+  <w:num w:numId="9" w16cid:durableId="870725968">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1107122406">
+  <w:num w:numId="10" w16cid:durableId="1903296714">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="1119835249">
+  <w:num w:numId="11" w16cid:durableId="1337924335">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="1633711731">
+  <w:num w:numId="12" w16cid:durableId="586421639">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="798187405">
+  <w:num w:numId="13" w16cid:durableId="2119836702">
     <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="1511482929">
+  <w:num w:numId="14" w16cid:durableId="1738479131">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="55201907">
+  <w:num w:numId="15" w16cid:durableId="61686192">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="1684744658">
+  <w:num w:numId="16" w16cid:durableId="920261317">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="2078700873">
+  <w:num w:numId="17" w16cid:durableId="1284070542">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="681317504">
+  <w:num w:numId="18" w16cid:durableId="1341203148">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="837355097">
+  <w:num w:numId="19" w16cid:durableId="750201423">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="1739326855">
+  <w:num w:numId="20" w16cid:durableId="590239641">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="1557938411">
+  <w:num w:numId="21" w16cid:durableId="755133704">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="22" w16cid:durableId="924145769">
+  <w:num w:numId="22" w16cid:durableId="1300695498">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="23" w16cid:durableId="2067415813">
+  <w:num w:numId="23" w16cid:durableId="682165153">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="24" w16cid:durableId="932975839">
+  <w:num w:numId="24" w16cid:durableId="1687705986">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="25" w16cid:durableId="1668362590">
+  <w:num w:numId="25" w16cid:durableId="363676606">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="26" w16cid:durableId="1387223199">
+  <w:num w:numId="26" w16cid:durableId="1466115802">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="27" w16cid:durableId="1893076425">
+  <w:num w:numId="27" w16cid:durableId="780297467">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="28" w16cid:durableId="1401050889">
+  <w:num w:numId="28" w16cid:durableId="823932473">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="29" w16cid:durableId="999576668">
+  <w:num w:numId="29" w16cid:durableId="1838686713">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="30" w16cid:durableId="1505319556">
+  <w:num w:numId="30" w16cid:durableId="2117822424">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="31" w16cid:durableId="1956911220">
+  <w:num w:numId="31" w16cid:durableId="208077113">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="32" w16cid:durableId="1286354080">
+  <w:num w:numId="32" w16cid:durableId="1620332812">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="33" w16cid:durableId="2098400521">
+  <w:num w:numId="33" w16cid:durableId="1583640381">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="34" w16cid:durableId="338846710">
+  <w:num w:numId="34" w16cid:durableId="1572496323">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="35" w16cid:durableId="217593060">
+  <w:num w:numId="35" w16cid:durableId="1332224266">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2063"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006836F6"/>
     <w:rsid w:val="00007C44"/>
     <w:rsid w:val="0006660B"/>
     <w:rsid w:val="000755BE"/>
     <w:rsid w:val="0008108D"/>
+    <w:rsid w:val="000848B4"/>
     <w:rsid w:val="000A042D"/>
     <w:rsid w:val="000E1AF1"/>
     <w:rsid w:val="00100078"/>
     <w:rsid w:val="00102381"/>
     <w:rsid w:val="00110DA3"/>
     <w:rsid w:val="00122878"/>
     <w:rsid w:val="00143A78"/>
     <w:rsid w:val="0016305A"/>
     <w:rsid w:val="001B0651"/>
     <w:rsid w:val="001B0CE4"/>
     <w:rsid w:val="001E2C77"/>
     <w:rsid w:val="001F5BB7"/>
     <w:rsid w:val="0022138B"/>
     <w:rsid w:val="0023122C"/>
     <w:rsid w:val="0024136F"/>
     <w:rsid w:val="0027637C"/>
     <w:rsid w:val="002925EC"/>
     <w:rsid w:val="002B6661"/>
     <w:rsid w:val="002E1931"/>
     <w:rsid w:val="002E5E04"/>
     <w:rsid w:val="002F25D5"/>
     <w:rsid w:val="00305124"/>
     <w:rsid w:val="0034027E"/>
     <w:rsid w:val="00364336"/>
     <w:rsid w:val="0037183E"/>
     <w:rsid w:val="00371BD4"/>
     <w:rsid w:val="00377A60"/>
     <w:rsid w:val="00390337"/>
     <w:rsid w:val="003B2DC9"/>
     <w:rsid w:val="003C0C43"/>
     <w:rsid w:val="003C76FB"/>
     <w:rsid w:val="00401E19"/>
     <w:rsid w:val="0043669E"/>
     <w:rsid w:val="00446562"/>
     <w:rsid w:val="00462666"/>
     <w:rsid w:val="0046284D"/>
     <w:rsid w:val="004836C6"/>
     <w:rsid w:val="00493204"/>
     <w:rsid w:val="004B075F"/>
     <w:rsid w:val="004F4E88"/>
     <w:rsid w:val="00502863"/>
     <w:rsid w:val="00516F25"/>
     <w:rsid w:val="00532621"/>
     <w:rsid w:val="00550BEE"/>
     <w:rsid w:val="00554DFF"/>
     <w:rsid w:val="005655C8"/>
     <w:rsid w:val="00572BEE"/>
-    <w:rsid w:val="005A7CDC"/>
     <w:rsid w:val="005E6DB8"/>
     <w:rsid w:val="005F032F"/>
     <w:rsid w:val="00637250"/>
     <w:rsid w:val="00643D0F"/>
     <w:rsid w:val="0066755B"/>
     <w:rsid w:val="00670275"/>
     <w:rsid w:val="006836F6"/>
     <w:rsid w:val="006A4437"/>
     <w:rsid w:val="007140DD"/>
     <w:rsid w:val="0075523B"/>
     <w:rsid w:val="00777066"/>
-    <w:rsid w:val="007840A0"/>
     <w:rsid w:val="007932CC"/>
+    <w:rsid w:val="007A1BCF"/>
     <w:rsid w:val="007B0C2F"/>
     <w:rsid w:val="007B0EA0"/>
     <w:rsid w:val="007C2E55"/>
     <w:rsid w:val="007C35FC"/>
     <w:rsid w:val="007C4E8F"/>
     <w:rsid w:val="007C7ECD"/>
     <w:rsid w:val="007E77E1"/>
     <w:rsid w:val="007F5C27"/>
     <w:rsid w:val="00816C30"/>
     <w:rsid w:val="00824E48"/>
     <w:rsid w:val="00831E5A"/>
     <w:rsid w:val="00837347"/>
     <w:rsid w:val="008554E6"/>
     <w:rsid w:val="00881678"/>
     <w:rsid w:val="008816D1"/>
     <w:rsid w:val="00886BC2"/>
     <w:rsid w:val="0088743C"/>
     <w:rsid w:val="008A1595"/>
     <w:rsid w:val="008A68CC"/>
     <w:rsid w:val="008C59FD"/>
     <w:rsid w:val="008F25ED"/>
     <w:rsid w:val="009027AA"/>
     <w:rsid w:val="009028B4"/>
     <w:rsid w:val="00906E85"/>
     <w:rsid w:val="00910DC8"/>
     <w:rsid w:val="00957788"/>
     <w:rsid w:val="009A374F"/>
     <w:rsid w:val="009A49F8"/>
     <w:rsid w:val="009C36C5"/>
     <w:rsid w:val="009C44C6"/>
     <w:rsid w:val="009D308F"/>
     <w:rsid w:val="009D3E54"/>
     <w:rsid w:val="009F2D5A"/>
     <w:rsid w:val="009F425C"/>
+    <w:rsid w:val="00A13A33"/>
     <w:rsid w:val="00A34A3A"/>
     <w:rsid w:val="00A46B90"/>
     <w:rsid w:val="00A6570D"/>
     <w:rsid w:val="00A85CD5"/>
     <w:rsid w:val="00AC2467"/>
     <w:rsid w:val="00AF4B1A"/>
     <w:rsid w:val="00AF73C1"/>
     <w:rsid w:val="00B06C28"/>
+    <w:rsid w:val="00B43C15"/>
     <w:rsid w:val="00B43F0A"/>
     <w:rsid w:val="00B6322E"/>
     <w:rsid w:val="00B70DD3"/>
     <w:rsid w:val="00B71E92"/>
     <w:rsid w:val="00B745FF"/>
     <w:rsid w:val="00B7679C"/>
     <w:rsid w:val="00B82A39"/>
     <w:rsid w:val="00B95CDA"/>
     <w:rsid w:val="00BA6682"/>
     <w:rsid w:val="00BA6709"/>
     <w:rsid w:val="00BB0085"/>
     <w:rsid w:val="00BE1719"/>
-    <w:rsid w:val="00C0398F"/>
     <w:rsid w:val="00C33F1B"/>
     <w:rsid w:val="00C72948"/>
     <w:rsid w:val="00C75591"/>
-    <w:rsid w:val="00C822F8"/>
     <w:rsid w:val="00C83F0D"/>
     <w:rsid w:val="00C93683"/>
     <w:rsid w:val="00CF1703"/>
     <w:rsid w:val="00CF5A12"/>
     <w:rsid w:val="00CF7351"/>
     <w:rsid w:val="00CF7C51"/>
     <w:rsid w:val="00D20014"/>
     <w:rsid w:val="00D268AD"/>
     <w:rsid w:val="00D413D5"/>
     <w:rsid w:val="00D871D3"/>
     <w:rsid w:val="00D876D3"/>
     <w:rsid w:val="00D9389A"/>
     <w:rsid w:val="00D94531"/>
     <w:rsid w:val="00DA5D59"/>
     <w:rsid w:val="00DC1EC2"/>
     <w:rsid w:val="00DC5F8A"/>
     <w:rsid w:val="00DD3579"/>
     <w:rsid w:val="00DF5C2C"/>
     <w:rsid w:val="00E210B0"/>
     <w:rsid w:val="00E47751"/>
     <w:rsid w:val="00E959AE"/>
     <w:rsid w:val="00EA0F9A"/>
-    <w:rsid w:val="00EA2DD0"/>
     <w:rsid w:val="00EA78A7"/>
+    <w:rsid w:val="00EB1C84"/>
     <w:rsid w:val="00EB6596"/>
     <w:rsid w:val="00F024B9"/>
     <w:rsid w:val="00F10D86"/>
     <w:rsid w:val="00F15761"/>
     <w:rsid w:val="00F20B6D"/>
     <w:rsid w:val="00F56326"/>
     <w:rsid w:val="00F7153A"/>
     <w:rsid w:val="00F728E1"/>
     <w:rsid w:val="00F72F5B"/>
     <w:rsid w:val="00FE255F"/>
     <w:rsid w:val="00FE2C38"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2063"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="2F1AF5E4"/>
+  <w14:docId w14:val="2694A105"/>
   <w15:docId w15:val="{9D7F65DC-D3D9-4DF9-8716-874F59D77062}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -7998,63 +7937,50 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...11 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DF6EB9C349875845B7EC235194F9653E" ma:contentTypeVersion="2" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="dea54da89d3f5345d0df8b6eeabfc224">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="12b9bc3d-ced6-4902-8393-8c367d4eaacd" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="cb2e9d6ac816930416c9c67f700a596d" ns2:_="">
     <xsd:import namespace="12b9bc3d-ced6-4902-8393-8c367d4eaacd"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="12b9bc3d-ced6-4902-8393-8c367d4eaacd" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
@@ -8142,129 +8068,149 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement/>
 </p:properties>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0C1DCC03-AA7C-41E1-8B0E-87B0637C0F10}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="12b9bc3d-ced6-4902-8393-8c367d4eaacd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9FB2D4B7-A80C-43C4-8820-11A436171746}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="12b9bc3d-ced6-4902-8393-8c367d4eaacd"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8D61EBBB-3C09-4257-ACD0-D26878F2DAA6}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{70320A78-2F89-49BD-9DAF-5ABD383921C5}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>496</Words>
-  <Characters>3045</Characters>
+  <Words>459</Words>
+  <Characters>2621</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>44</Paragraphs>
+  <DocSecurity>4</DocSecurity>
+  <Lines>21</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Red Kite Community Housing</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3559</CharactersWithSpaces>
+  <CharactersWithSpaces>3074</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>zkatnik</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100DF6EB9C349875845B7EC235194F9653E</vt:lpwstr>
   </property>